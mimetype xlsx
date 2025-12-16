--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -4,334 +4,354 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Appointments" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
-[...1 lines deleted...]
-    <t>Lịch khám ngoại trú từ ngày 27/10/2025 đến ngày 30/10/2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
+  <si>
+    <t>Lịch khám ngoại trú từ ngày 17/12/2025 đến ngày 20/12/2025</t>
   </si>
   <si>
     <t>Phòng khám</t>
   </si>
   <si>
-    <t>Thứ Hai, 27/10/2025</t>
-[...8 lines deleted...]
-    <t>Thứ Năm, 30/10/2025</t>
+    <t>Thứ Tư, 17/12/2025</t>
+  </si>
+  <si>
+    <t>Thứ Năm, 18/12/2025</t>
+  </si>
+  <si>
+    <t>Thứ Sáu, 19/12/2025</t>
+  </si>
+  <si>
+    <t>Thứ Bảy, 20/12/2025</t>
   </si>
   <si>
     <t>Sáng</t>
   </si>
   <si>
     <t>Chiều</t>
   </si>
   <si>
     <t>Phòng khám F302</t>
   </si>
   <si>
+    <t>Nguyễn Thị Thu Hà</t>
+  </si>
+  <si>
+    <t>Phòng Khám A201</t>
+  </si>
+  <si>
+    <t>BÙI ĐỨC DŨNG 7H30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NGHỈ </t>
+  </si>
+  <si>
+    <t>Bùi Đức Dũng</t>
+  </si>
+  <si>
+    <t>Phòng khám A101 (YHCT)</t>
+  </si>
+  <si>
+    <t>Phạm Thúy Nga</t>
+  </si>
+  <si>
+    <t>Lê Việt Anh</t>
+  </si>
+  <si>
+    <t>Phòng khám A103</t>
+  </si>
+  <si>
+    <t>Trịnh Thị Ngọc</t>
+  </si>
+  <si>
+    <t>Phòng khám A104</t>
+  </si>
+  <si>
+    <t>Nguyễn Diệu Linh</t>
+  </si>
+  <si>
     <t>Nghỉ</t>
   </si>
   <si>
-    <t>Nguyễn Thị Thu Hà</t>
-[...31 lines deleted...]
-  <si>
     <t>Phòng khám A105</t>
   </si>
   <si>
-    <t>Hoàng Trung Đức + Nguyễn Lê Thọ Giang</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">Lò Thị Xuân  </t>
+    <t>Nguyễn Tú Uyên (7h30p)</t>
+  </si>
+  <si>
+    <t>Nguyễn Tú Uyên (16h)</t>
   </si>
   <si>
     <t>PK Răng - Hàm - mặt</t>
   </si>
   <si>
     <t>Nguyễn Phương Nam</t>
   </si>
   <si>
+    <t>Chưa đăng ký</t>
+  </si>
+  <si>
     <t>Phòng khám A109</t>
   </si>
   <si>
+    <t>Đặng Khánh Vinh</t>
+  </si>
+  <si>
     <t>Đinh Xuân Tùng</t>
   </si>
   <si>
-    <t>Vỳ Văn Đối</t>
+    <t>Nguyễn Xuân Chiến</t>
   </si>
   <si>
     <t>Sùng Seo Xướng</t>
   </si>
   <si>
-    <t>Đặng Khánh Vinh</t>
-[...1 lines deleted...]
-  <si>
     <t>Phòng khám A110</t>
   </si>
   <si>
-    <t>Trần Văn Hoan</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Hoàng Văn Công </t>
   </si>
   <si>
     <t>Phòng khám A111</t>
   </si>
   <si>
+    <t>Nguyễn Hằng My</t>
+  </si>
+  <si>
     <t>Lê Quốc Thuận</t>
   </si>
   <si>
     <t>PK Chuyên khoa Mắt A117</t>
   </si>
   <si>
     <t>Nguyễn Văn Thắng</t>
   </si>
   <si>
+    <t>Triệu Thị Minh</t>
+  </si>
+  <si>
     <t>Phòng khám B101</t>
   </si>
   <si>
     <t>Triệu Thị Trang</t>
   </si>
   <si>
+    <t>Hoàng Thị Hồng Vân</t>
+  </si>
+  <si>
     <t>Phòng khám B103</t>
   </si>
   <si>
-    <t>Vũ Thị Chang</t>
+    <t>Trần Thị Ánh</t>
   </si>
   <si>
     <t>Phòng Khám E201</t>
   </si>
   <si>
+    <t>Nguyễn Việt Anh</t>
+  </si>
+  <si>
+    <t>Phan Nhật Minh</t>
+  </si>
+  <si>
     <t>Vũ Quỳnh Trang</t>
   </si>
   <si>
-    <t>Trần Thị Tố Uyên</t>
-[...2 lines deleted...]
-    <t>Nguyễn Việt Anh</t>
+    <t>Phòng Khám E202</t>
+  </si>
+  <si>
+    <t>Chuyên gia</t>
   </si>
   <si>
     <t>PK Chuyên khoa Phụ khoa F202</t>
   </si>
   <si>
-    <t>BS Trịnh Thị hạnh, Trần Công Dũng</t>
-[...8 lines deleted...]
-    <t>Phan Nhật Minh</t>
+    <t>BS Vương Thị Thủy, Trịnh Thị Hạnh</t>
+  </si>
+  <si>
+    <t>BS Vương Thị Thủy</t>
+  </si>
+  <si>
+    <t>Phòng khám A205</t>
+  </si>
+  <si>
+    <t>Sùng Đức Long</t>
   </si>
   <si>
     <t>Phòng khám F301 Ung Bướu</t>
   </si>
   <si>
-    <t>Nguyễn Thị Hoa</t>
+    <t>Nguyễn Duy Tuấn</t>
   </si>
   <si>
     <t>Đinh Hoàng Sơn</t>
   </si>
   <si>
-    <t>Nguyễn Duy Tuấn</t>
+    <t>Tẩn A Pao</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Times New Roman"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="Times New Roman"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <name val="Times New Roman"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Times New Roman"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF69B4"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF6A5ACD"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" applyFont="1" fillId="2" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" applyFont="1" fillId="3" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr codeName=""/>
-  <dimension ref="A2:I23"/>
+  <dimension ref="A2:I24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="30.980121612548828" customWidth="1"/>
-    <col min="2" max="2" width="41.742923736572266" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="9" max="9" width="35.61569595336914" customWidth="1"/>
+    <col min="2" max="2" width="36.17484664916992" customWidth="1"/>
+    <col min="3" max="3" width="36.17484664916992" customWidth="1"/>
+    <col min="4" max="4" width="36.17484664916992" customWidth="1"/>
+    <col min="5" max="5" width="36.17484664916992" customWidth="1"/>
+    <col min="6" max="6" width="36.17484664916992" customWidth="1"/>
+    <col min="7" max="7" width="36.17484664916992" customWidth="1"/>
+    <col min="8" max="8" width="25.150293350219727" customWidth="1"/>
+    <col min="9" max="9" width="22.795381546020508" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>4</v>
@@ -348,537 +368,566 @@
         <v>7</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>7</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>6</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>6</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B7" s="7" t="s">
+      <c r="B7" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="C7" s="7" t="s">
+      <c r="C7" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="D7" s="7" t="s">
+      <c r="D7" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="E7" s="7" t="s">
+      <c r="E7" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="F7" s="7" t="s">
+      <c r="F7" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G7" s="7" t="s">
+      <c r="G7" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H7" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="I7" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="6" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F8" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="I8" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B9" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="B9" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D9" s="6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F9" s="6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G9" s="6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H9" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F10" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G10" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H10" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B11" s="7" t="s">
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="B11" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>20</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="E11" s="6" t="s">
-        <v>20</v>
+      <c r="E11" s="7" t="s">
+        <v>21</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="I11" s="7" t="s">
-        <v>9</v>
+      <c r="I11" s="6" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C12" s="6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F12" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G12" s="6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="H12" s="6" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="I12" s="6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B13" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="B13" s="6" t="s">
+      <c r="C13" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="F13" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G13" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="H13" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="C13" s="6" t="s">
-[...17 lines deleted...]
-      <c r="I13" s="6" t="s">
+      <c r="I13" s="8" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>30</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>30</v>
       </c>
       <c r="F14" s="6" t="s">
         <v>31</v>
       </c>
       <c r="G14" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H14" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I14" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="E15" s="7" t="s">
-        <v>9</v>
+      <c r="E15" s="6" t="s">
+        <v>34</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>34</v>
+      </c>
+      <c r="G15" s="6" t="s">
+        <v>34</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="I15" s="7" t="s">
-        <v>9</v>
+      <c r="I15" s="6" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="B16" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="6" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="E16" s="7" t="s">
-        <v>9</v>
+      <c r="E16" s="6" t="s">
+        <v>37</v>
       </c>
       <c r="F16" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="G16" s="6" t="s">
-        <v>37</v>
+      <c r="G16" s="7" t="s">
+        <v>21</v>
       </c>
       <c r="H16" s="6" t="s">
         <v>37</v>
       </c>
       <c r="I16" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>39</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>39</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>39</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G17" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I17" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E18" s="6" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G18" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I18" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C20" s="7" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G20" s="7" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="H20" s="6" t="s">
         <v>47</v>
       </c>
       <c r="I20" s="7" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B21" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="B21" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E21" s="6" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G21" s="6" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I21" s="6" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="C22" s="6" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E22" s="6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G22" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="I22" s="6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>53</v>
-[...7 lines deleted...]
-      <c r="D23" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="E23" s="6" t="s">
-        <v>55</v>
+      <c r="B23" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="D23" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E23" s="8" t="s">
+        <v>27</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="G23" s="6" t="s">
-        <v>56</v>
+      <c r="G23" s="7" t="s">
+        <v>21</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="I23" s="6" t="s">
-        <v>56</v>
+      <c r="I23" s="7" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="B24" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C24" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F24" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G24" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="H24" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="I24" s="6" t="s">
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
     <mergeCell ref="R5:S5"/>
     <mergeCell ref="T5:U5"/>
     <mergeCell ref="V5:W5"/>
     <mergeCell ref="X5:Y5"/>
     <mergeCell ref="Z5:AA5"/>
     <mergeCell ref="AB5:AC5"/>
     <mergeCell ref="AD5:AE5"/>
     <mergeCell ref="AF5:AG5"/>
     <mergeCell ref="AH5:AI5"/>
     <mergeCell ref="AJ5:AK5"/>
     <mergeCell ref="AL5:AM5"/>