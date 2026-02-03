--- v1 (2025-12-16)
+++ v2 (2026-02-03)
@@ -4,354 +4,331 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Appointments" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
-[...1 lines deleted...]
-    <t>Lịch khám ngoại trú từ ngày 17/12/2025 đến ngày 20/12/2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="56">
+  <si>
+    <t>Lịch khám ngoại trú từ ngày 03/02/2026 đến ngày 06/02/2026</t>
   </si>
   <si>
     <t>Phòng khám</t>
   </si>
   <si>
-    <t>Thứ Tư, 17/12/2025</t>
-[...8 lines deleted...]
-    <t>Thứ Bảy, 20/12/2025</t>
+    <t>Thứ Ba, 03/02/2026</t>
+  </si>
+  <si>
+    <t>Thứ Tư, 04/02/2026</t>
+  </si>
+  <si>
+    <t>Thứ Năm, 05/02/2026</t>
+  </si>
+  <si>
+    <t>Thứ Sáu, 06/02/2026</t>
   </si>
   <si>
     <t>Sáng</t>
   </si>
   <si>
     <t>Chiều</t>
   </si>
   <si>
     <t>Phòng khám F302</t>
   </si>
   <si>
     <t>Nguyễn Thị Thu Hà</t>
   </si>
   <si>
+    <t>Nguyễn Thành Công</t>
+  </si>
+  <si>
     <t>Phòng Khám A201</t>
   </si>
   <si>
     <t>BÙI ĐỨC DŨNG 7H30</t>
   </si>
   <si>
     <t xml:space="preserve">NGHỈ </t>
   </si>
   <si>
     <t>Bùi Đức Dũng</t>
   </si>
   <si>
+    <t>Bùi Đức Dũng 7h30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nghỉ </t>
+  </si>
+  <si>
     <t>Phòng khám A101 (YHCT)</t>
   </si>
   <si>
-    <t>Phạm Thúy Nga</t>
-[...2 lines deleted...]
-    <t>Lê Việt Anh</t>
+    <t>Đỗ Thị Ngọc Anh</t>
+  </si>
+  <si>
+    <t>Quách Nguyên Hải</t>
   </si>
   <si>
     <t>Phòng khám A103</t>
   </si>
   <si>
     <t>Trịnh Thị Ngọc</t>
   </si>
   <si>
     <t>Phòng khám A104</t>
   </si>
   <si>
     <t>Nguyễn Diệu Linh</t>
   </si>
   <si>
     <t>Nghỉ</t>
   </si>
   <si>
     <t>Phòng khám A105</t>
   </si>
   <si>
-    <t>Nguyễn Tú Uyên (7h30p)</t>
-[...2 lines deleted...]
-    <t>Nguyễn Tú Uyên (16h)</t>
+    <t>Nguyễn Tú Uyên 7h30</t>
+  </si>
+  <si>
+    <t>Nguyễn Tú Uyên 16h</t>
   </si>
   <si>
     <t>PK Răng - Hàm - mặt</t>
   </si>
   <si>
-    <t>Nguyễn Phương Nam</t>
-[...2 lines deleted...]
-    <t>Chưa đăng ký</t>
+    <t>Đặng Nhật Linh</t>
   </si>
   <si>
     <t>Phòng khám A109</t>
   </si>
   <si>
-    <t>Đặng Khánh Vinh</t>
+    <t>Sùng Seo Xướng</t>
   </si>
   <si>
     <t>Đinh Xuân Tùng</t>
   </si>
   <si>
-    <t>Nguyễn Xuân Chiến</t>
-[...2 lines deleted...]
-    <t>Sùng Seo Xướng</t>
+    <t>Hoàng Huy Thành</t>
   </si>
   <si>
     <t>Phòng khám A110</t>
   </si>
   <si>
     <t xml:space="preserve">Hoàng Văn Công </t>
   </si>
   <si>
+    <t>Đinh Xuân Tuyên</t>
+  </si>
+  <si>
     <t>Phòng khám A111</t>
   </si>
   <si>
-    <t>Nguyễn Hằng My</t>
-[...1 lines deleted...]
-  <si>
     <t>Lê Quốc Thuận</t>
   </si>
   <si>
     <t>PK Chuyên khoa Mắt A117</t>
   </si>
   <si>
     <t>Nguyễn Văn Thắng</t>
   </si>
   <si>
-    <t>Triệu Thị Minh</t>
-[...1 lines deleted...]
-  <si>
     <t>Phòng khám B101</t>
   </si>
   <si>
-    <t>Triệu Thị Trang</t>
-[...2 lines deleted...]
-    <t>Hoàng Thị Hồng Vân</t>
+    <t>Lục Chí Thắng</t>
   </si>
   <si>
     <t>Phòng khám B103</t>
   </si>
   <si>
-    <t>Trần Thị Ánh</t>
+    <t>Phùng Thị Xuân</t>
   </si>
   <si>
     <t>Phòng Khám E201</t>
   </si>
   <si>
-    <t>Nguyễn Việt Anh</t>
+    <t>Lưu Thanh Hùng</t>
+  </si>
+  <si>
+    <t>Trần Thị Tố Uyên</t>
+  </si>
+  <si>
+    <t>Phòng Khám E202</t>
   </si>
   <si>
     <t>Phan Nhật Minh</t>
   </si>
   <si>
     <t>Vũ Quỳnh Trang</t>
   </si>
   <si>
-    <t>Phòng Khám E202</t>
-[...4 lines deleted...]
-  <si>
     <t>PK Chuyên khoa Phụ khoa F202</t>
   </si>
   <si>
-    <t>BS Vương Thị Thủy, Trịnh Thị Hạnh</t>
-[...8 lines deleted...]
-    <t>Sùng Đức Long</t>
+    <t>BS vương Thị Thủy, Trần Công Dũng</t>
   </si>
   <si>
     <t>Phòng khám F301 Ung Bướu</t>
   </si>
   <si>
     <t>Nguyễn Duy Tuấn</t>
-  </si>
-[...1 lines deleted...]
-    <t>Đinh Hoàng Sơn</t>
   </si>
   <si>
     <t>Tẩn A Pao</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Times New Roman"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="Times New Roman"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <name val="Times New Roman"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Times New Roman"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF69B4"/>
-      </patternFill>
-[...3 lines deleted...]
-        <fgColor rgb="FF6A5ACD"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="8">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" applyFont="1" fillId="2" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" applyFont="1" fillId="3" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr codeName=""/>
-  <dimension ref="A2:I24"/>
+  <dimension ref="A2:I23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="30.980121612548828" customWidth="1"/>
-    <col min="2" max="2" width="36.17484664916992" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="9" max="9" width="22.795381546020508" customWidth="1"/>
+    <col min="2" max="2" width="36.831092834472656" customWidth="1"/>
+    <col min="3" max="3" width="36.831092834472656" customWidth="1"/>
+    <col min="4" max="4" width="36.831092834472656" customWidth="1"/>
+    <col min="5" max="5" width="36.831092834472656" customWidth="1"/>
+    <col min="6" max="6" width="36.831092834472656" customWidth="1"/>
+    <col min="7" max="7" width="36.831092834472656" customWidth="1"/>
+    <col min="8" max="8" width="36.831092834472656" customWidth="1"/>
+    <col min="9" max="9" width="36.831092834472656" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>4</v>
@@ -375,559 +352,530 @@
       </c>
       <c r="F6" s="3" t="s">
         <v>6</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>6</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="I8" s="6" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C9" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D9" s="6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="F9" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G9" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="H9" s="6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="I9" s="6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C10" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D10" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F10" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G10" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="H10" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="I10" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>23</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>24</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>23</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>23</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>23</v>
+      </c>
+      <c r="I11" s="7" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C12" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D12" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F12" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G12" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H12" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="I12" s="6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C13" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G13" s="6" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>29</v>
+      </c>
+      <c r="H13" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="I13" s="6" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C14" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F14" s="6" t="s">
         <v>31</v>
       </c>
       <c r="G14" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I14" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C16" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>24</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>10</v>
+      </c>
+      <c r="G16" s="6" t="s">
+        <v>10</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I16" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C17" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E17" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F17" s="6" t="s">
         <v>40</v>
       </c>
       <c r="G17" s="6" t="s">
         <v>40</v>
       </c>
       <c r="H17" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I17" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E18" s="6" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F18" s="6" t="s">
         <v>42</v>
       </c>
       <c r="G18" s="6" t="s">
         <v>42</v>
       </c>
       <c r="H18" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I18" s="6" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="B19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B20" s="6" t="s">
+      <c r="C20" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F20" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="C20" s="7" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G20" s="7" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H20" s="6" t="s">
         <v>47</v>
       </c>
       <c r="I20" s="7" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="F21" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="B21" s="6" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G21" s="6" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I21" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B22" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="B22" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E22" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="G22" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="I22" s="6" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B23" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C23" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="F23" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="B23" s="8" t="s">
-[...15 lines deleted...]
-        <v>21</v>
+      <c r="G23" s="6" t="s">
+        <v>55</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>56</v>
-[...31 lines deleted...]
-        <v>58</v>
+        <v>55</v>
+      </c>
+      <c r="I23" s="6" t="s">
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="P5:Q5"/>
     <mergeCell ref="R5:S5"/>
     <mergeCell ref="T5:U5"/>
     <mergeCell ref="V5:W5"/>
     <mergeCell ref="X5:Y5"/>
     <mergeCell ref="Z5:AA5"/>
     <mergeCell ref="AB5:AC5"/>
     <mergeCell ref="AD5:AE5"/>
     <mergeCell ref="AF5:AG5"/>
     <mergeCell ref="AH5:AI5"/>
     <mergeCell ref="AJ5:AK5"/>
     <mergeCell ref="AL5:AM5"/>